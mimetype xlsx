--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -83,51 +83,51 @@
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Эффективное средство защиты от насекомых и клеща  1 баллон</t>
   </si>
   <si>
     <t>400 RUB</t>
   </si>
   <si>
     <t>Подарочный набор сладостей из Хакасии "Сделано в Хакасии"</t>
   </si>
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Плотный дождевик с капюшоном</t>
   </si>
   <si>
     <t>700 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 04.11.2025 16:31, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 05.01.2026 20:37, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>