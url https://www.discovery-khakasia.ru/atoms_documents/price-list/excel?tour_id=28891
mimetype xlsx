--- v1 (2026-01-05)
+++ v2 (2026-03-09)
@@ -35,99 +35,99 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>25.06.2026</t>
   </si>
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>23.07.2026</t>
   </si>
   <si>
     <t>06.08.2026</t>
   </si>
   <si>
     <t>Проживание: отель "Абакан"4* (г.Абакан) + отель "Ажур"(п.Приисковый)</t>
   </si>
   <si>
     <t>Одноместный номер "Стандарт"</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>142000 RUB</t>
+    <t>154000 RUB</t>
   </si>
   <si>
     <t>Двухместный номер "Стандарт"</t>
   </si>
   <si>
-    <t>124000 RUB</t>
+    <t>136000 RUB</t>
   </si>
   <si>
     <t>Проживание отель "Азия"4* (г.Абакан)+отель "Ажур"(п.Приисковый)</t>
   </si>
   <si>
     <t>Номер двухместный стандарт</t>
   </si>
   <si>
-    <t>149000 RUB</t>
+    <t>140000 RUB</t>
   </si>
   <si>
     <t>Номер одноместный стандарт</t>
   </si>
   <si>
-    <t>128000 RUB</t>
+    <t>161000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Эффективное средство защиты от насекомых и клеща  1 баллон</t>
   </si>
   <si>
     <t>400 RUB</t>
   </si>
   <si>
     <t>Подарочный набор сладостей из Хакасии "Сделано в Хакасии"</t>
   </si>
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Плотный дождевик с капюшоном</t>
   </si>
   <si>
     <t>700 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 05.01.2026 20:37, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 10.03.2026 03:44, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>