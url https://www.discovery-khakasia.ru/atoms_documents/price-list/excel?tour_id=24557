--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -12,155 +12,158 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="24557-sibirskie-kanikuly" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>04.06.2026</t>
   </si>
   <si>
     <t>11.06.2026</t>
   </si>
   <si>
     <t>18.06.2026</t>
   </si>
   <si>
     <t>25.06.2026</t>
   </si>
   <si>
-    <t>02.07.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>16.07.2026</t>
   </si>
   <si>
     <t>23.07.2026</t>
   </si>
   <si>
     <t>30.07.2026</t>
   </si>
   <si>
     <t>06.08.2026</t>
   </si>
   <si>
     <t>13.08.2026</t>
   </si>
   <si>
     <t>20.08.2026</t>
   </si>
   <si>
-    <t>27.08.2026</t>
+    <t>03.09.2026</t>
+  </si>
+  <si>
+    <t>17.09.2026</t>
   </si>
   <si>
     <t>Проживание по туру: Персона 3*-Гладенькая 4*- Ергаки 3*- Буян Бадыргы 3*</t>
   </si>
   <si>
     <t>Стандарт одноместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
+    <t>128000 RUB</t>
+  </si>
+  <si>
+    <t>Стандарт двухместный</t>
+  </si>
+  <si>
+    <t>117000 RUB</t>
+  </si>
+  <si>
+    <t>Стандарт (раздельные кровати)</t>
+  </si>
+  <si>
+    <t>Проживание по туру:"Азия"4*+"Гладенькая"4*+"Буян-Бадырги"3*+ "Ергаки"3*</t>
+  </si>
+  <si>
+    <t>132000 RUB</t>
+  </si>
+  <si>
+    <t>Стандарт (двуспальная кровать)</t>
+  </si>
+  <si>
+    <t>122000 RUB</t>
+  </si>
+  <si>
+    <t>Проживание по туру:"Абакан"4*+"Гладенькая"4*+"Буян-Бадырги"3*+"Ергаки"3*</t>
+  </si>
+  <si>
+    <t>129000 RUB</t>
+  </si>
+  <si>
     <t>118000 RUB</t>
   </si>
   <si>
-    <t>Стандарт двухместный</t>
-[...25 lines deleted...]
-  <si>
     <t>Стандарт (Двуспальная кровать+диван)</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>Проживание по туру :"отель"Азия 4*-отель"Гладенькая 4*-б/о " Ергаки 3*-отель" Кызыл Гранд отель 5*</t>
   </si>
   <si>
     <t xml:space="preserve">Одноместное проживание </t>
   </si>
   <si>
-    <t>190000 RUB</t>
+    <t>215000 RUB</t>
   </si>
   <si>
     <t>Двухместное проживание</t>
   </si>
   <si>
-    <t>174000 RUB</t>
+    <t>200000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 16.10.2025 14:57, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 01.12.2025 11:03, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1111,436 +1114,436 @@
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="G22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="J22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="N22" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="F24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="G24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="J24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="N24" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="F26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="G26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="J26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="N26" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="G27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="J27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="N27" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="4"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="4"/>
       <c r="J28" s="4"/>
       <c r="K28" s="4"/>
       <c r="L28" s="4"/>
       <c r="M28" s="4"/>
       <c r="N28" s="4"/>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="M31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="N31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="L33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>