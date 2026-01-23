--- v1 (2025-12-01)
+++ v2 (2026-01-23)
@@ -119,51 +119,51 @@
   <si>
     <t>Стандарт (Двуспальная кровать+диван)</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>Проживание по туру :"отель"Азия 4*-отель"Гладенькая 4*-б/о " Ергаки 3*-отель" Кызыл Гранд отель 5*</t>
   </si>
   <si>
     <t xml:space="preserve">Одноместное проживание </t>
   </si>
   <si>
     <t>215000 RUB</t>
   </si>
   <si>
     <t>Двухместное проживание</t>
   </si>
   <si>
     <t>200000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 01.12.2025 11:03, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 23.01.2026 08:04, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>