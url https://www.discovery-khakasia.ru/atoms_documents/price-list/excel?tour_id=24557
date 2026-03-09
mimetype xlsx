--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -62,108 +62,108 @@
   <si>
     <t>06.08.2026</t>
   </si>
   <si>
     <t>13.08.2026</t>
   </si>
   <si>
     <t>20.08.2026</t>
   </si>
   <si>
     <t>03.09.2026</t>
   </si>
   <si>
     <t>17.09.2026</t>
   </si>
   <si>
     <t>Проживание по туру: Персона 3*-Гладенькая 4*- Ергаки 3*- Буян Бадыргы 3*</t>
   </si>
   <si>
     <t>Стандарт одноместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>128000 RUB</t>
+    <t>140000 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
-    <t>117000 RUB</t>
+    <t>129000 RUB</t>
   </si>
   <si>
     <t>Стандарт (раздельные кровати)</t>
   </si>
   <si>
     <t>Проживание по туру:"Азия"4*+"Гладенькая"4*+"Буян-Бадырги"3*+ "Ергаки"3*</t>
   </si>
   <si>
-    <t>132000 RUB</t>
+    <t>144000 RUB</t>
   </si>
   <si>
     <t>Стандарт (двуспальная кровать)</t>
   </si>
   <si>
-    <t>122000 RUB</t>
+    <t>134000 RUB</t>
   </si>
   <si>
     <t>Проживание по туру:"Абакан"4*+"Гладенькая"4*+"Буян-Бадырги"3*+"Ергаки"3*</t>
   </si>
   <si>
-    <t>129000 RUB</t>
-[...2 lines deleted...]
-    <t>118000 RUB</t>
+    <t>141000 RUB</t>
+  </si>
+  <si>
+    <t>130000 RUB</t>
   </si>
   <si>
     <t>Стандарт (Двуспальная кровать+диван)</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>Проживание по туру :"отель"Азия 4*-отель"Гладенькая 4*-б/о " Ергаки 3*-отель" Кызыл Гранд отель 5*</t>
   </si>
   <si>
     <t xml:space="preserve">Одноместное проживание </t>
   </si>
   <si>
-    <t>215000 RUB</t>
+    <t>227000 RUB</t>
   </si>
   <si>
     <t>Двухместное проживание</t>
   </si>
   <si>
-    <t>200000 RUB</t>
+    <t>212000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 23.01.2026 08:04, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 10.03.2026 03:42, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>