--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -110,51 +110,51 @@
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Подарочный набор сладостей из Хакасии "Сделано в Хакасии"</t>
   </si>
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Плотный дождевик с капюшоном</t>
   </si>
   <si>
     <t>700 RUB</t>
   </si>
   <si>
     <t>Ужины по туру</t>
   </si>
   <si>
     <t>17000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 14.12.2025 10:33, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 07.02.2026 06:22, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>