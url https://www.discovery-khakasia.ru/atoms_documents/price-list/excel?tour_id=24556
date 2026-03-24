--- v1 (2026-02-06)
+++ v2 (2026-03-24)
@@ -12,149 +12,158 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="24556-sayanskaya-mozaika" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>15.06.2026</t>
   </si>
   <si>
     <t>06.07.2026</t>
   </si>
   <si>
     <t>13.07.2026</t>
   </si>
   <si>
     <t>20.07.2026</t>
   </si>
   <si>
     <t>27.07.2026</t>
   </si>
   <si>
     <t>10.08.2026</t>
   </si>
   <si>
     <t>24.08.2026</t>
   </si>
   <si>
     <t>07.09.2026</t>
   </si>
   <si>
     <t>Проживание по туру: Загородный отель "Гладенькая"4* + отель "Азия"4*</t>
   </si>
   <si>
     <t>Стандартный двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>138000 RUB</t>
+    <t>150000 RUB</t>
   </si>
   <si>
     <t>Стандарт одноместный</t>
   </si>
   <si>
-    <t>148000 RUB</t>
+    <t>160000 RUB</t>
   </si>
   <si>
     <t>Проживание по туру: Загородный отель "Гладенькая"4* + отель "Абакан"4*</t>
   </si>
   <si>
     <t>Стандарт  одноместный</t>
   </si>
   <si>
-    <t>139000 RUB</t>
+    <t>151000 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный ( 2 раздельные кровати)</t>
   </si>
   <si>
-    <t>132000 RUB</t>
+    <t>144000 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный (двуспальная кровать)</t>
   </si>
   <si>
     <t>Проживание по туру : Загородный отель "Гладенькая "4*+ отель"Персона"3*</t>
   </si>
   <si>
-    <t>137000 RUB</t>
+    <t>149000 RUB</t>
   </si>
   <si>
     <t>Стандарт  двухместный ( 2 односпальные кровати)</t>
   </si>
   <si>
-    <t>128000 RUB</t>
+    <t>140000 RUB</t>
+  </si>
+  <si>
+    <t>Проживание по туру: Загородный отель "Гладенькая "4* + отель «AZIMUT» 3*</t>
+  </si>
+  <si>
+    <t>Одноместное размещение</t>
+  </si>
+  <si>
+    <t>Двухместное размещение</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Подарочный набор сладостей из Хакасии "Сделано в Хакасии"</t>
   </si>
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Плотный дождевик с капюшоном</t>
   </si>
   <si>
     <t>700 RUB</t>
   </si>
   <si>
     <t>Ужины по туру</t>
   </si>
   <si>
     <t>17000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 07.02.2026 06:22, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 24.03.2026 18:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -496,59 +505,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I30"/>
+  <dimension ref="A1:I36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A29" sqref="A29:I29"/>
+      <selection activeCell="A35" sqref="A35:I35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="84.836426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="85.979004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
@@ -964,95 +973,203 @@
     <row r="23" spans="1:9">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
-      <c r="A25" t="s">
+      <c r="A25" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>16</v>
+      </c>
+      <c r="C26" t="s">
+        <v>16</v>
+      </c>
+      <c r="D26" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" t="s">
+        <v>16</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" t="s">
+        <v>16</v>
+      </c>
+      <c r="I26" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B27" s="3"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>18</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" t="s">
+        <v>18</v>
+      </c>
+      <c r="F28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" t="s">
+        <v>18</v>
+      </c>
+      <c r="H28" t="s">
+        <v>18</v>
+      </c>
+      <c r="I28" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4"/>
+      <c r="B29" s="4"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4"/>
+      <c r="I29" s="4"/>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B26" t="s">
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" t="s">
+      <c r="B31" t="s">
         <v>29</v>
       </c>
-      <c r="B27" t="s">
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B32" t="s">
         <v>31</v>
       </c>
-      <c r="B29" s="1"/>
-[...9 lines deleted...]
-      <c r="A30" t="s">
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
         <v>32</v>
+      </c>
+      <c r="B33" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B35" s="1"/>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="1"/>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A30:I30"/>
+    <mergeCell ref="A36:I36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>